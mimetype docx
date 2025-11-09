--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2537360903"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2537360903"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2582155392"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2582155392"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2582155392"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2537360903"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2537360903"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2582155392"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2582155392"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2582155392"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2537360903"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2537360903"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2582155392"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2582155392"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2582155392"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2537360903"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2537360903"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2582155392"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2582155392"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2582155392"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2537360903"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2537360903"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2582155392"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2582155392"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2582155392"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2537360903"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2537360903"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2582155392"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2582155392"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2582155392"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2537360903"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2537360903"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2582155392"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2582155392"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2582155392"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2537360903"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2537360903"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2582155392"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2582155392"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2582155392"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>