--- v1 (2025-11-09)
+++ v2 (2025-11-30)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2582155392"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2582155392"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1900770504"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1900770504"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1900770504"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2582155392"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2582155392"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1900770504"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1900770504"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1900770504"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2582155392"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2582155392"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1900770504"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1900770504"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1900770504"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2582155392"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2582155392"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1900770504"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1900770504"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1900770504"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2582155392"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2582155392"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1900770504"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1900770504"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1900770504"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2582155392"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2582155392"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1900770504"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1900770504"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1900770504"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2582155392"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2582155392"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1900770504"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1900770504"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1900770504"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2582155392"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2582155392"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1900770504"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1900770504"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1900770504"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>