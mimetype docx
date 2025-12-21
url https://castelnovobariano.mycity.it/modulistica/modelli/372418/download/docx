--- v2 (2025-11-30)
+++ v3 (2025-12-21)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1900770504"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1900770504"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_4203941748"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_4203941748"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_4203941748"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1900770504"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1900770504"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_4203941748"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_4203941748"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_4203941748"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1900770504"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1900770504"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_4203941748"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_4203941748"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_4203941748"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1900770504"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1900770504"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_4203941748"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_4203941748"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_4203941748"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1900770504"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1900770504"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_4203941748"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_4203941748"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_4203941748"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1900770504"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1900770504"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_4203941748"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_4203941748"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_4203941748"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1900770504"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1900770504"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_4203941748"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_4203941748"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_4203941748"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1900770504"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1900770504"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_4203941748"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_4203941748"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_4203941748"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>