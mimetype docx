--- v3 (2025-12-21)
+++ v4 (2025-12-21)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_4203941748"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_4203941748"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1588472088"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1588472088"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1588472088"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_4203941748"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_4203941748"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1588472088"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1588472088"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1588472088"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_4203941748"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_4203941748"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1588472088"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1588472088"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1588472088"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_4203941748"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_4203941748"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1588472088"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1588472088"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1588472088"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_4203941748"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_4203941748"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1588472088"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1588472088"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1588472088"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_4203941748"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_4203941748"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1588472088"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1588472088"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1588472088"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_4203941748"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_4203941748"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1588472088"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1588472088"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1588472088"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_4203941748"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_4203941748"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1588472088"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1588472088"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1588472088"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>