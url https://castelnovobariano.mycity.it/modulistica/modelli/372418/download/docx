--- v4 (2025-12-21)
+++ v5 (2026-01-11)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1588472088"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1588472088"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3791871961"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3791871961"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3791871961"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1588472088"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1588472088"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3791871961"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3791871961"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3791871961"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1588472088"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1588472088"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3791871961"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3791871961"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3791871961"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1588472088"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1588472088"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3791871961"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3791871961"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3791871961"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1588472088"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1588472088"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3791871961"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3791871961"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3791871961"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1588472088"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1588472088"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3791871961"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3791871961"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3791871961"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1588472088"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1588472088"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3791871961"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3791871961"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3791871961"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1588472088"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1588472088"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3791871961"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3791871961"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3791871961"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>