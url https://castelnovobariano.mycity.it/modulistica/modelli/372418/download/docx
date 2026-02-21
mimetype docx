--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3791871961"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3791871961"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2418313765"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2418313765"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2418313765"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3791871961"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3791871961"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2418313765"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2418313765"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2418313765"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3791871961"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3791871961"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2418313765"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2418313765"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2418313765"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3791871961"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3791871961"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2418313765"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2418313765"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2418313765"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3791871961"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3791871961"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2418313765"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2418313765"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2418313765"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3791871961"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3791871961"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2418313765"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2418313765"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2418313765"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3791871961"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3791871961"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2418313765"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2418313765"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2418313765"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3791871961"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3791871961"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2418313765"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2418313765"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2418313765"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>