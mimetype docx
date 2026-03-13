--- v6 (2026-02-21)
+++ v7 (2026-03-13)
@@ -2028,176 +2028,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2418313765"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2418313765"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3226937614"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3226937614"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3226937614"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2418313765"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2418313765"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3226937614"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3226937614"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3226937614"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2418313765"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2418313765"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3226937614"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3226937614"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3226937614"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2418313765"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2418313765"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3226937614"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3226937614"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3226937614"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
@@ -2293,176 +2293,176 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2418313765"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2418313765"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3226937614"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3226937614"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3226937614"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2418313765"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2418313765"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3226937614"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3226937614"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3226937614"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2418313765"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2418313765"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3226937614"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3226937614"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3226937614"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2418313765"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2418313765"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3226937614"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3226937614"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3226937614"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>