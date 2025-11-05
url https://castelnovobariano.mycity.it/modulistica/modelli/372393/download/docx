--- v0 (2025-10-16)
+++ v1 (2025-11-05)
@@ -63,73 +63,73 @@
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_281318121"/>
+            <w:name w:val="__Fieldmark__0_363910450"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_281318121"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_281318121"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_363910450"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_363910450"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_281318121"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_363910450"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:rPr/>
       </w:pPr>
@@ -194,53 +194,53 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_281318121"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_281318121"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_363910450"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_363910450"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_363910450"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
         </w:rPr>
         <w:t>proroga della durata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
@@ -263,53 +263,53 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_281318121"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_281318121"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_363910450"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_363910450"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_363910450"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
         </w:rPr>
         <w:t>apposizione della paternità e maternità (solo per minori anni 14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -348,452 +348,452 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Al nome di </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__3_281318121"/>
+            <w:name w:val="__Fieldmark__3_363910450"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_281318121"/>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_281318121"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_363910450"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_363910450"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_281318121"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_363910450"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> nato/a a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__4_281318121"/>
+            <w:name w:val="__Fieldmark__4_363910450"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_281318121"/>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_281318121"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_363910450"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_363910450"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_281318121"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_363910450"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__5_281318121"/>
+            <w:name w:val="__Fieldmark__5_363910450"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_281318121"/>
-      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_281318121"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_363910450"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_363910450"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_281318121"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_363910450"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> residente a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__6_281318121"/>
+            <w:name w:val="__Fieldmark__6_363910450"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_281318121"/>
-      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_281318121"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_363910450"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_363910450"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_281318121"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_363910450"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__7_281318121"/>
+            <w:name w:val="__Fieldmark__7_363910450"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_281318121"/>
-      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_281318121"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_363910450"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_363910450"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_281318121"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_363910450"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__8_281318121"/>
+            <w:name w:val="__Fieldmark__8_363910450"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_281318121"/>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_281318121"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_363910450"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_363910450"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_281318121"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_363910450"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> abitante in </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__9_281318121"/>
+            <w:name w:val="__Fieldmark__9_363910450"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_281318121"/>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_281318121"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_363910450"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_363910450"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_281318121"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_363910450"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__10_281318121"/>
+            <w:name w:val="__Fieldmark__10_363910450"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_281318121"/>
-      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_281318121"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_363910450"/>
+      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_363910450"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.............................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_281318121"/>
+      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_363910450"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__11_281318121"/>
+            <w:name w:val="__Fieldmark__11_363910450"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_281318121"/>
-      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_281318121"/>
+      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_363910450"/>
+      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_363910450"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_281318121"/>
+      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_363910450"/>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> è già stata rilasciata la CARTA D’IDENTITÀ N. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__12_281318121"/>
+            <w:name w:val="__Fieldmark__12_363910450"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_281318121"/>
-      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_281318121"/>
+      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_363910450"/>
+      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_363910450"/>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_281318121"/>
+      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_363910450"/>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> in data </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__13_281318121"/>
+            <w:name w:val="__Fieldmark__13_363910450"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_281318121"/>
-      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_281318121"/>
+      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_363910450"/>
+      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_363910450"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_281318121"/>
+      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_363910450"/>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:id="42" w:name="Controllo12"/>
       <w:bookmarkStart w:id="43" w:name="Controllo12"/>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -857,260 +857,260 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:left="567" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_281318121"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="46" w:name="__Fieldmark__14_281318121"/>
+      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_363910450"/>
+      <w:bookmarkStart w:id="45" w:name="__Fieldmark__14_363910450"/>
+      <w:bookmarkStart w:id="46" w:name="__Fieldmark__14_363910450"/>
       <w:bookmarkEnd w:id="46"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>PROROGA DELLA DURATA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:left="567" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_281318121"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="49" w:name="__Fieldmark__15_281318121"/>
+      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_363910450"/>
+      <w:bookmarkStart w:id="48" w:name="__Fieldmark__15_363910450"/>
+      <w:bookmarkStart w:id="49" w:name="__Fieldmark__15_363910450"/>
       <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>APPOSIZIONE DELLA PATERNITÀ E MATERNITÀ (SOLO PER MINORI ANNI 14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:id="50" w:name="Controllo12"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Addì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__16_281318121"/>
+            <w:name w:val="__Fieldmark__16_363910450"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="__Fieldmark__16_281318121"/>
-      <w:bookmarkStart w:id="52" w:name="__Fieldmark__16_281318121"/>
+      <w:bookmarkStart w:id="51" w:name="__Fieldmark__16_363910450"/>
+      <w:bookmarkStart w:id="52" w:name="__Fieldmark__16_363910450"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="53" w:name="__Fieldmark__16_281318121"/>
+      <w:bookmarkStart w:id="53" w:name="__Fieldmark__16_363910450"/>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="312"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ll/i richiedente/i</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__17_281318121"/>
+            <w:name w:val="__Fieldmark__17_363910450"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="54" w:name="__Fieldmark__17_281318121"/>
-      <w:bookmarkStart w:id="55" w:name="__Fieldmark__17_281318121"/>
+      <w:bookmarkStart w:id="54" w:name="__Fieldmark__17_363910450"/>
+      <w:bookmarkStart w:id="55" w:name="__Fieldmark__17_363910450"/>
       <w:bookmarkEnd w:id="55"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="56" w:name="__Fieldmark__17_281318121"/>
+      <w:bookmarkStart w:id="56" w:name="__Fieldmark__17_363910450"/>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__18_281318121"/>
+            <w:name w:val="__Fieldmark__18_363910450"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="57" w:name="__Fieldmark__18_281318121"/>
-      <w:bookmarkStart w:id="58" w:name="__Fieldmark__18_281318121"/>
+      <w:bookmarkStart w:id="57" w:name="__Fieldmark__18_363910450"/>
+      <w:bookmarkStart w:id="58" w:name="__Fieldmark__18_363910450"/>
       <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="59" w:name="__Fieldmark__18_281318121"/>
+      <w:bookmarkStart w:id="59" w:name="__Fieldmark__18_363910450"/>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
@@ -1159,72 +1159,72 @@
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>L'impiegato addetto</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__19_281318121"/>
+            <w:name w:val="__Fieldmark__19_363910450"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="60" w:name="__Fieldmark__19_281318121"/>
-      <w:bookmarkStart w:id="61" w:name="__Fieldmark__19_281318121"/>
+      <w:bookmarkStart w:id="60" w:name="__Fieldmark__19_363910450"/>
+      <w:bookmarkStart w:id="61" w:name="__Fieldmark__19_363910450"/>
       <w:bookmarkEnd w:id="61"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="62" w:name="__Fieldmark__19_281318121"/>
+      <w:bookmarkStart w:id="62" w:name="__Fieldmark__19_363910450"/>
       <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
@@ -1388,120 +1388,120 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9600" w:leader="none"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ritirata in data con le modifiche richieste </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__20_281318121"/>
+            <w:name w:val="__Fieldmark__20_363910450"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="63" w:name="__Fieldmark__20_281318121"/>
-      <w:bookmarkStart w:id="64" w:name="__Fieldmark__20_281318121"/>
+      <w:bookmarkStart w:id="63" w:name="__Fieldmark__20_363910450"/>
+      <w:bookmarkStart w:id="64" w:name="__Fieldmark__20_363910450"/>
       <w:bookmarkEnd w:id="64"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="65" w:name="__Fieldmark__20_281318121"/>
+      <w:bookmarkStart w:id="65" w:name="__Fieldmark__20_363910450"/>
       <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>firma</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__21_281318121"/>
+            <w:name w:val="__Fieldmark__21_363910450"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="66" w:name="__Fieldmark__21_281318121"/>
-      <w:bookmarkStart w:id="67" w:name="__Fieldmark__21_281318121"/>
+      <w:bookmarkStart w:id="66" w:name="__Fieldmark__21_363910450"/>
+      <w:bookmarkStart w:id="67" w:name="__Fieldmark__21_363910450"/>
       <w:bookmarkEnd w:id="67"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...............................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="68" w:name="__Fieldmark__21_281318121"/>
+      <w:bookmarkStart w:id="68" w:name="__Fieldmark__21_363910450"/>
       <w:bookmarkEnd w:id="68"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId2"/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:left="1134" w:right="1134" w:header="0" w:top="1134" w:footer="425" w:bottom="1134" w:gutter="0"/>
       <w:pgNumType w:fmt="decimal"/>
       <w:formProt w:val="false"/>
       <w:textDirection w:val="lrTb"/>
       <w:docGrid w:type="default" w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>