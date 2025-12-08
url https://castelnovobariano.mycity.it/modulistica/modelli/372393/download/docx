--- v1 (2025-11-05)
+++ v2 (2025-12-08)
@@ -63,73 +63,73 @@
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_363910450"/>
+            <w:name w:val="__Fieldmark__0_1534445183"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_363910450"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_363910450"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1534445183"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1534445183"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_363910450"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1534445183"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:rPr/>
       </w:pPr>
@@ -194,53 +194,53 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_363910450"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_363910450"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1534445183"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1534445183"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1534445183"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
         </w:rPr>
         <w:t>proroga della durata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
@@ -263,53 +263,53 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_363910450"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_363910450"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1534445183"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1534445183"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1534445183"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
         </w:rPr>
         <w:t>apposizione della paternità e maternità (solo per minori anni 14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -348,452 +348,452 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Al nome di </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__3_363910450"/>
+            <w:name w:val="__Fieldmark__3_1534445183"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_363910450"/>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_363910450"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1534445183"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1534445183"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_363910450"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1534445183"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> nato/a a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__4_363910450"/>
+            <w:name w:val="__Fieldmark__4_1534445183"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_363910450"/>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_363910450"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1534445183"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1534445183"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_363910450"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1534445183"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__5_363910450"/>
+            <w:name w:val="__Fieldmark__5_1534445183"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_363910450"/>
-      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_363910450"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1534445183"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1534445183"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_363910450"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1534445183"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> residente a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__6_363910450"/>
+            <w:name w:val="__Fieldmark__6_1534445183"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_363910450"/>
-      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_363910450"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1534445183"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1534445183"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_363910450"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1534445183"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__7_363910450"/>
+            <w:name w:val="__Fieldmark__7_1534445183"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_363910450"/>
-      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_363910450"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1534445183"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1534445183"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_363910450"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1534445183"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__8_363910450"/>
+            <w:name w:val="__Fieldmark__8_1534445183"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_363910450"/>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_363910450"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1534445183"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_1534445183"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_363910450"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1534445183"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> abitante in </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__9_363910450"/>
+            <w:name w:val="__Fieldmark__9_1534445183"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_363910450"/>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_363910450"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_1534445183"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_1534445183"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_363910450"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_1534445183"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__10_363910450"/>
+            <w:name w:val="__Fieldmark__10_1534445183"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_363910450"/>
-      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_363910450"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_1534445183"/>
+      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_1534445183"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.............................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_363910450"/>
+      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_1534445183"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__11_363910450"/>
+            <w:name w:val="__Fieldmark__11_1534445183"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_363910450"/>
-      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_363910450"/>
+      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_1534445183"/>
+      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_1534445183"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_363910450"/>
+      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_1534445183"/>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> è già stata rilasciata la CARTA D’IDENTITÀ N. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__12_363910450"/>
+            <w:name w:val="__Fieldmark__12_1534445183"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_363910450"/>
-      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_363910450"/>
+      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_1534445183"/>
+      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_1534445183"/>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_363910450"/>
+      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_1534445183"/>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> in data </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__13_363910450"/>
+            <w:name w:val="__Fieldmark__13_1534445183"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_363910450"/>
-      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_363910450"/>
+      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_1534445183"/>
+      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_1534445183"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_363910450"/>
+      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_1534445183"/>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:id="42" w:name="Controllo12"/>
       <w:bookmarkStart w:id="43" w:name="Controllo12"/>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -857,260 +857,260 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:left="567" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_363910450"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="46" w:name="__Fieldmark__14_363910450"/>
+      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_1534445183"/>
+      <w:bookmarkStart w:id="45" w:name="__Fieldmark__14_1534445183"/>
+      <w:bookmarkStart w:id="46" w:name="__Fieldmark__14_1534445183"/>
       <w:bookmarkEnd w:id="46"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>PROROGA DELLA DURATA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:left="567" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_363910450"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="49" w:name="__Fieldmark__15_363910450"/>
+      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_1534445183"/>
+      <w:bookmarkStart w:id="48" w:name="__Fieldmark__15_1534445183"/>
+      <w:bookmarkStart w:id="49" w:name="__Fieldmark__15_1534445183"/>
       <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>APPOSIZIONE DELLA PATERNITÀ E MATERNITÀ (SOLO PER MINORI ANNI 14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:id="50" w:name="Controllo12"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Addì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__16_363910450"/>
+            <w:name w:val="__Fieldmark__16_1534445183"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="__Fieldmark__16_363910450"/>
-      <w:bookmarkStart w:id="52" w:name="__Fieldmark__16_363910450"/>
+      <w:bookmarkStart w:id="51" w:name="__Fieldmark__16_1534445183"/>
+      <w:bookmarkStart w:id="52" w:name="__Fieldmark__16_1534445183"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="53" w:name="__Fieldmark__16_363910450"/>
+      <w:bookmarkStart w:id="53" w:name="__Fieldmark__16_1534445183"/>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="312"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ll/i richiedente/i</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__17_363910450"/>
+            <w:name w:val="__Fieldmark__17_1534445183"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="54" w:name="__Fieldmark__17_363910450"/>
-      <w:bookmarkStart w:id="55" w:name="__Fieldmark__17_363910450"/>
+      <w:bookmarkStart w:id="54" w:name="__Fieldmark__17_1534445183"/>
+      <w:bookmarkStart w:id="55" w:name="__Fieldmark__17_1534445183"/>
       <w:bookmarkEnd w:id="55"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="56" w:name="__Fieldmark__17_363910450"/>
+      <w:bookmarkStart w:id="56" w:name="__Fieldmark__17_1534445183"/>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__18_363910450"/>
+            <w:name w:val="__Fieldmark__18_1534445183"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="57" w:name="__Fieldmark__18_363910450"/>
-      <w:bookmarkStart w:id="58" w:name="__Fieldmark__18_363910450"/>
+      <w:bookmarkStart w:id="57" w:name="__Fieldmark__18_1534445183"/>
+      <w:bookmarkStart w:id="58" w:name="__Fieldmark__18_1534445183"/>
       <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="59" w:name="__Fieldmark__18_363910450"/>
+      <w:bookmarkStart w:id="59" w:name="__Fieldmark__18_1534445183"/>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
@@ -1159,72 +1159,72 @@
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>L'impiegato addetto</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__19_363910450"/>
+            <w:name w:val="__Fieldmark__19_1534445183"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="60" w:name="__Fieldmark__19_363910450"/>
-      <w:bookmarkStart w:id="61" w:name="__Fieldmark__19_363910450"/>
+      <w:bookmarkStart w:id="60" w:name="__Fieldmark__19_1534445183"/>
+      <w:bookmarkStart w:id="61" w:name="__Fieldmark__19_1534445183"/>
       <w:bookmarkEnd w:id="61"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="62" w:name="__Fieldmark__19_363910450"/>
+      <w:bookmarkStart w:id="62" w:name="__Fieldmark__19_1534445183"/>
       <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
@@ -1388,120 +1388,120 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9600" w:leader="none"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ritirata in data con le modifiche richieste </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__20_363910450"/>
+            <w:name w:val="__Fieldmark__20_1534445183"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="63" w:name="__Fieldmark__20_363910450"/>
-      <w:bookmarkStart w:id="64" w:name="__Fieldmark__20_363910450"/>
+      <w:bookmarkStart w:id="63" w:name="__Fieldmark__20_1534445183"/>
+      <w:bookmarkStart w:id="64" w:name="__Fieldmark__20_1534445183"/>
       <w:bookmarkEnd w:id="64"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="65" w:name="__Fieldmark__20_363910450"/>
+      <w:bookmarkStart w:id="65" w:name="__Fieldmark__20_1534445183"/>
       <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>firma</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__21_363910450"/>
+            <w:name w:val="__Fieldmark__21_1534445183"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="66" w:name="__Fieldmark__21_363910450"/>
-      <w:bookmarkStart w:id="67" w:name="__Fieldmark__21_363910450"/>
+      <w:bookmarkStart w:id="66" w:name="__Fieldmark__21_1534445183"/>
+      <w:bookmarkStart w:id="67" w:name="__Fieldmark__21_1534445183"/>
       <w:bookmarkEnd w:id="67"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...............................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="68" w:name="__Fieldmark__21_363910450"/>
+      <w:bookmarkStart w:id="68" w:name="__Fieldmark__21_1534445183"/>
       <w:bookmarkEnd w:id="68"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId2"/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:left="1134" w:right="1134" w:header="0" w:top="1134" w:footer="425" w:bottom="1134" w:gutter="0"/>
       <w:pgNumType w:fmt="decimal"/>
       <w:formProt w:val="false"/>
       <w:textDirection w:val="lrTb"/>
       <w:docGrid w:type="default" w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>