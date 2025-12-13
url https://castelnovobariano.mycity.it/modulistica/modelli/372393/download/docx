--- v2 (2025-12-08)
+++ v3 (2025-12-13)
@@ -63,73 +63,73 @@
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_1534445183"/>
+            <w:name w:val="__Fieldmark__0_4261575049"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1534445183"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1534445183"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_4261575049"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_4261575049"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1534445183"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_4261575049"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:rPr/>
       </w:pPr>
@@ -194,53 +194,53 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1534445183"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1534445183"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_4261575049"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_4261575049"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_4261575049"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
         </w:rPr>
         <w:t>proroga della durata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
@@ -263,53 +263,53 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1534445183"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1534445183"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_4261575049"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_4261575049"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_4261575049"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
         </w:rPr>
         <w:t>apposizione della paternità e maternità (solo per minori anni 14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -348,452 +348,452 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Al nome di </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__3_1534445183"/>
+            <w:name w:val="__Fieldmark__3_4261575049"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1534445183"/>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1534445183"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_4261575049"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_4261575049"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1534445183"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_4261575049"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> nato/a a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__4_1534445183"/>
+            <w:name w:val="__Fieldmark__4_4261575049"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1534445183"/>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1534445183"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_4261575049"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_4261575049"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1534445183"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_4261575049"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__5_1534445183"/>
+            <w:name w:val="__Fieldmark__5_4261575049"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1534445183"/>
-      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1534445183"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_4261575049"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_4261575049"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1534445183"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_4261575049"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> residente a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__6_1534445183"/>
+            <w:name w:val="__Fieldmark__6_4261575049"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1534445183"/>
-      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1534445183"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_4261575049"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_4261575049"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1534445183"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_4261575049"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__7_1534445183"/>
+            <w:name w:val="__Fieldmark__7_4261575049"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1534445183"/>
-      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1534445183"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_4261575049"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_4261575049"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1534445183"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_4261575049"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__8_1534445183"/>
+            <w:name w:val="__Fieldmark__8_4261575049"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1534445183"/>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_1534445183"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_4261575049"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_4261575049"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1534445183"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_4261575049"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> abitante in </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__9_1534445183"/>
+            <w:name w:val="__Fieldmark__9_4261575049"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_1534445183"/>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_1534445183"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_4261575049"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_4261575049"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_1534445183"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_4261575049"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__10_1534445183"/>
+            <w:name w:val="__Fieldmark__10_4261575049"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_1534445183"/>
-      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_1534445183"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_4261575049"/>
+      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_4261575049"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.............................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_1534445183"/>
+      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_4261575049"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__11_1534445183"/>
+            <w:name w:val="__Fieldmark__11_4261575049"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_1534445183"/>
-      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_1534445183"/>
+      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_4261575049"/>
+      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_4261575049"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_1534445183"/>
+      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_4261575049"/>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> è già stata rilasciata la CARTA D’IDENTITÀ N. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__12_1534445183"/>
+            <w:name w:val="__Fieldmark__12_4261575049"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_1534445183"/>
-      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_1534445183"/>
+      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_4261575049"/>
+      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_4261575049"/>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_1534445183"/>
+      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_4261575049"/>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> in data </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__13_1534445183"/>
+            <w:name w:val="__Fieldmark__13_4261575049"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_1534445183"/>
-      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_1534445183"/>
+      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_4261575049"/>
+      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_4261575049"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_1534445183"/>
+      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_4261575049"/>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:id="42" w:name="Controllo12"/>
       <w:bookmarkStart w:id="43" w:name="Controllo12"/>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -857,260 +857,260 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:left="567" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_1534445183"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="46" w:name="__Fieldmark__14_1534445183"/>
+      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_4261575049"/>
+      <w:bookmarkStart w:id="45" w:name="__Fieldmark__14_4261575049"/>
+      <w:bookmarkStart w:id="46" w:name="__Fieldmark__14_4261575049"/>
       <w:bookmarkEnd w:id="46"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>PROROGA DELLA DURATA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:left="567" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_1534445183"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="49" w:name="__Fieldmark__15_1534445183"/>
+      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_4261575049"/>
+      <w:bookmarkStart w:id="48" w:name="__Fieldmark__15_4261575049"/>
+      <w:bookmarkStart w:id="49" w:name="__Fieldmark__15_4261575049"/>
       <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>APPOSIZIONE DELLA PATERNITÀ E MATERNITÀ (SOLO PER MINORI ANNI 14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:id="50" w:name="Controllo12"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Addì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__16_1534445183"/>
+            <w:name w:val="__Fieldmark__16_4261575049"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="__Fieldmark__16_1534445183"/>
-      <w:bookmarkStart w:id="52" w:name="__Fieldmark__16_1534445183"/>
+      <w:bookmarkStart w:id="51" w:name="__Fieldmark__16_4261575049"/>
+      <w:bookmarkStart w:id="52" w:name="__Fieldmark__16_4261575049"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="53" w:name="__Fieldmark__16_1534445183"/>
+      <w:bookmarkStart w:id="53" w:name="__Fieldmark__16_4261575049"/>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="312"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ll/i richiedente/i</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__17_1534445183"/>
+            <w:name w:val="__Fieldmark__17_4261575049"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="54" w:name="__Fieldmark__17_1534445183"/>
-      <w:bookmarkStart w:id="55" w:name="__Fieldmark__17_1534445183"/>
+      <w:bookmarkStart w:id="54" w:name="__Fieldmark__17_4261575049"/>
+      <w:bookmarkStart w:id="55" w:name="__Fieldmark__17_4261575049"/>
       <w:bookmarkEnd w:id="55"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="56" w:name="__Fieldmark__17_1534445183"/>
+      <w:bookmarkStart w:id="56" w:name="__Fieldmark__17_4261575049"/>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__18_1534445183"/>
+            <w:name w:val="__Fieldmark__18_4261575049"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="57" w:name="__Fieldmark__18_1534445183"/>
-      <w:bookmarkStart w:id="58" w:name="__Fieldmark__18_1534445183"/>
+      <w:bookmarkStart w:id="57" w:name="__Fieldmark__18_4261575049"/>
+      <w:bookmarkStart w:id="58" w:name="__Fieldmark__18_4261575049"/>
       <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="59" w:name="__Fieldmark__18_1534445183"/>
+      <w:bookmarkStart w:id="59" w:name="__Fieldmark__18_4261575049"/>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
@@ -1159,72 +1159,72 @@
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>L'impiegato addetto</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__19_1534445183"/>
+            <w:name w:val="__Fieldmark__19_4261575049"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="60" w:name="__Fieldmark__19_1534445183"/>
-      <w:bookmarkStart w:id="61" w:name="__Fieldmark__19_1534445183"/>
+      <w:bookmarkStart w:id="60" w:name="__Fieldmark__19_4261575049"/>
+      <w:bookmarkStart w:id="61" w:name="__Fieldmark__19_4261575049"/>
       <w:bookmarkEnd w:id="61"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="62" w:name="__Fieldmark__19_1534445183"/>
+      <w:bookmarkStart w:id="62" w:name="__Fieldmark__19_4261575049"/>
       <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
@@ -1388,120 +1388,120 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9600" w:leader="none"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ritirata in data con le modifiche richieste </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__20_1534445183"/>
+            <w:name w:val="__Fieldmark__20_4261575049"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="63" w:name="__Fieldmark__20_1534445183"/>
-      <w:bookmarkStart w:id="64" w:name="__Fieldmark__20_1534445183"/>
+      <w:bookmarkStart w:id="63" w:name="__Fieldmark__20_4261575049"/>
+      <w:bookmarkStart w:id="64" w:name="__Fieldmark__20_4261575049"/>
       <w:bookmarkEnd w:id="64"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="65" w:name="__Fieldmark__20_1534445183"/>
+      <w:bookmarkStart w:id="65" w:name="__Fieldmark__20_4261575049"/>
       <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>firma</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__21_1534445183"/>
+            <w:name w:val="__Fieldmark__21_4261575049"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="66" w:name="__Fieldmark__21_1534445183"/>
-      <w:bookmarkStart w:id="67" w:name="__Fieldmark__21_1534445183"/>
+      <w:bookmarkStart w:id="66" w:name="__Fieldmark__21_4261575049"/>
+      <w:bookmarkStart w:id="67" w:name="__Fieldmark__21_4261575049"/>
       <w:bookmarkEnd w:id="67"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...............................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="68" w:name="__Fieldmark__21_1534445183"/>
+      <w:bookmarkStart w:id="68" w:name="__Fieldmark__21_4261575049"/>
       <w:bookmarkEnd w:id="68"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId2"/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:left="1134" w:right="1134" w:header="0" w:top="1134" w:footer="425" w:bottom="1134" w:gutter="0"/>
       <w:pgNumType w:fmt="decimal"/>
       <w:formProt w:val="false"/>
       <w:textDirection w:val="lrTb"/>
       <w:docGrid w:type="default" w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>