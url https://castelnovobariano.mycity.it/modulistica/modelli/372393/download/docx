--- v3 (2025-12-13)
+++ v4 (2026-01-03)
@@ -63,73 +63,73 @@
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_4261575049"/>
+            <w:name w:val="__Fieldmark__0_3046982912"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_4261575049"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_4261575049"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3046982912"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3046982912"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_4261575049"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3046982912"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:rPr/>
       </w:pPr>
@@ -194,53 +194,53 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_4261575049"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_4261575049"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3046982912"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3046982912"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3046982912"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
         </w:rPr>
         <w:t>proroga della durata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
@@ -263,53 +263,53 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_4261575049"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_4261575049"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3046982912"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3046982912"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3046982912"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
         </w:rPr>
         <w:t>apposizione della paternità e maternità (solo per minori anni 14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -348,452 +348,452 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Al nome di </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__3_4261575049"/>
+            <w:name w:val="__Fieldmark__3_3046982912"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_4261575049"/>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_4261575049"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3046982912"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3046982912"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_4261575049"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3046982912"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> nato/a a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__4_4261575049"/>
+            <w:name w:val="__Fieldmark__4_3046982912"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_4261575049"/>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_4261575049"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3046982912"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3046982912"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_4261575049"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3046982912"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__5_4261575049"/>
+            <w:name w:val="__Fieldmark__5_3046982912"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_4261575049"/>
-      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_4261575049"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3046982912"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3046982912"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_4261575049"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3046982912"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> residente a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__6_4261575049"/>
+            <w:name w:val="__Fieldmark__6_3046982912"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_4261575049"/>
-      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_4261575049"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3046982912"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3046982912"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_4261575049"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3046982912"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__7_4261575049"/>
+            <w:name w:val="__Fieldmark__7_3046982912"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_4261575049"/>
-      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_4261575049"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3046982912"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3046982912"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_4261575049"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3046982912"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__8_4261575049"/>
+            <w:name w:val="__Fieldmark__8_3046982912"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_4261575049"/>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_4261575049"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3046982912"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3046982912"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_4261575049"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3046982912"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> abitante in </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__9_4261575049"/>
+            <w:name w:val="__Fieldmark__9_3046982912"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_4261575049"/>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_4261575049"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_3046982912"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_3046982912"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_4261575049"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_3046982912"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__10_4261575049"/>
+            <w:name w:val="__Fieldmark__10_3046982912"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_4261575049"/>
-      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_4261575049"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_3046982912"/>
+      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_3046982912"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.............................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_4261575049"/>
+      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_3046982912"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__11_4261575049"/>
+            <w:name w:val="__Fieldmark__11_3046982912"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_4261575049"/>
-      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_4261575049"/>
+      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_3046982912"/>
+      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_3046982912"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_4261575049"/>
+      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_3046982912"/>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> è già stata rilasciata la CARTA D’IDENTITÀ N. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__12_4261575049"/>
+            <w:name w:val="__Fieldmark__12_3046982912"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_4261575049"/>
-      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_4261575049"/>
+      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_3046982912"/>
+      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_3046982912"/>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_4261575049"/>
+      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_3046982912"/>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> in data </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__13_4261575049"/>
+            <w:name w:val="__Fieldmark__13_3046982912"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_4261575049"/>
-      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_4261575049"/>
+      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_3046982912"/>
+      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_3046982912"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_4261575049"/>
+      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_3046982912"/>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:id="42" w:name="Controllo12"/>
       <w:bookmarkStart w:id="43" w:name="Controllo12"/>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -857,260 +857,260 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:left="567" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_4261575049"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="46" w:name="__Fieldmark__14_4261575049"/>
+      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_3046982912"/>
+      <w:bookmarkStart w:id="45" w:name="__Fieldmark__14_3046982912"/>
+      <w:bookmarkStart w:id="46" w:name="__Fieldmark__14_3046982912"/>
       <w:bookmarkEnd w:id="46"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>PROROGA DELLA DURATA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:left="567" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_4261575049"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="49" w:name="__Fieldmark__15_4261575049"/>
+      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_3046982912"/>
+      <w:bookmarkStart w:id="48" w:name="__Fieldmark__15_3046982912"/>
+      <w:bookmarkStart w:id="49" w:name="__Fieldmark__15_3046982912"/>
       <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>APPOSIZIONE DELLA PATERNITÀ E MATERNITÀ (SOLO PER MINORI ANNI 14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:id="50" w:name="Controllo12"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Addì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__16_4261575049"/>
+            <w:name w:val="__Fieldmark__16_3046982912"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="__Fieldmark__16_4261575049"/>
-      <w:bookmarkStart w:id="52" w:name="__Fieldmark__16_4261575049"/>
+      <w:bookmarkStart w:id="51" w:name="__Fieldmark__16_3046982912"/>
+      <w:bookmarkStart w:id="52" w:name="__Fieldmark__16_3046982912"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="53" w:name="__Fieldmark__16_4261575049"/>
+      <w:bookmarkStart w:id="53" w:name="__Fieldmark__16_3046982912"/>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="312"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ll/i richiedente/i</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__17_4261575049"/>
+            <w:name w:val="__Fieldmark__17_3046982912"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="54" w:name="__Fieldmark__17_4261575049"/>
-      <w:bookmarkStart w:id="55" w:name="__Fieldmark__17_4261575049"/>
+      <w:bookmarkStart w:id="54" w:name="__Fieldmark__17_3046982912"/>
+      <w:bookmarkStart w:id="55" w:name="__Fieldmark__17_3046982912"/>
       <w:bookmarkEnd w:id="55"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="56" w:name="__Fieldmark__17_4261575049"/>
+      <w:bookmarkStart w:id="56" w:name="__Fieldmark__17_3046982912"/>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__18_4261575049"/>
+            <w:name w:val="__Fieldmark__18_3046982912"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="57" w:name="__Fieldmark__18_4261575049"/>
-      <w:bookmarkStart w:id="58" w:name="__Fieldmark__18_4261575049"/>
+      <w:bookmarkStart w:id="57" w:name="__Fieldmark__18_3046982912"/>
+      <w:bookmarkStart w:id="58" w:name="__Fieldmark__18_3046982912"/>
       <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="59" w:name="__Fieldmark__18_4261575049"/>
+      <w:bookmarkStart w:id="59" w:name="__Fieldmark__18_3046982912"/>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
@@ -1159,72 +1159,72 @@
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>L'impiegato addetto</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__19_4261575049"/>
+            <w:name w:val="__Fieldmark__19_3046982912"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="60" w:name="__Fieldmark__19_4261575049"/>
-      <w:bookmarkStart w:id="61" w:name="__Fieldmark__19_4261575049"/>
+      <w:bookmarkStart w:id="60" w:name="__Fieldmark__19_3046982912"/>
+      <w:bookmarkStart w:id="61" w:name="__Fieldmark__19_3046982912"/>
       <w:bookmarkEnd w:id="61"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="62" w:name="__Fieldmark__19_4261575049"/>
+      <w:bookmarkStart w:id="62" w:name="__Fieldmark__19_3046982912"/>
       <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
@@ -1388,120 +1388,120 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9600" w:leader="none"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ritirata in data con le modifiche richieste </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__20_4261575049"/>
+            <w:name w:val="__Fieldmark__20_3046982912"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="63" w:name="__Fieldmark__20_4261575049"/>
-      <w:bookmarkStart w:id="64" w:name="__Fieldmark__20_4261575049"/>
+      <w:bookmarkStart w:id="63" w:name="__Fieldmark__20_3046982912"/>
+      <w:bookmarkStart w:id="64" w:name="__Fieldmark__20_3046982912"/>
       <w:bookmarkEnd w:id="64"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="65" w:name="__Fieldmark__20_4261575049"/>
+      <w:bookmarkStart w:id="65" w:name="__Fieldmark__20_3046982912"/>
       <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>firma</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__21_4261575049"/>
+            <w:name w:val="__Fieldmark__21_3046982912"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="66" w:name="__Fieldmark__21_4261575049"/>
-      <w:bookmarkStart w:id="67" w:name="__Fieldmark__21_4261575049"/>
+      <w:bookmarkStart w:id="66" w:name="__Fieldmark__21_3046982912"/>
+      <w:bookmarkStart w:id="67" w:name="__Fieldmark__21_3046982912"/>
       <w:bookmarkEnd w:id="67"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...............................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="68" w:name="__Fieldmark__21_4261575049"/>
+      <w:bookmarkStart w:id="68" w:name="__Fieldmark__21_3046982912"/>
       <w:bookmarkEnd w:id="68"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId2"/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:left="1134" w:right="1134" w:header="0" w:top="1134" w:footer="425" w:bottom="1134" w:gutter="0"/>
       <w:pgNumType w:fmt="decimal"/>
       <w:formProt w:val="false"/>
       <w:textDirection w:val="lrTb"/>
       <w:docGrid w:type="default" w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>