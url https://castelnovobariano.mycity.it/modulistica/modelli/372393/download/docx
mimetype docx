--- v4 (2026-01-03)
+++ v5 (2026-02-01)
@@ -63,73 +63,73 @@
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_3046982912"/>
+            <w:name w:val="__Fieldmark__0_1065564957"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3046982912"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3046982912"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1065564957"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1065564957"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3046982912"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1065564957"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:rPr/>
       </w:pPr>
@@ -194,53 +194,53 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3046982912"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3046982912"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1065564957"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1065564957"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1065564957"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
         </w:rPr>
         <w:t>proroga della durata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
@@ -263,53 +263,53 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3046982912"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3046982912"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1065564957"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1065564957"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1065564957"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
         </w:rPr>
         <w:t>apposizione della paternità e maternità (solo per minori anni 14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -348,452 +348,452 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Al nome di </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__3_3046982912"/>
+            <w:name w:val="__Fieldmark__3_1065564957"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3046982912"/>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3046982912"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1065564957"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1065564957"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3046982912"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1065564957"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> nato/a a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__4_3046982912"/>
+            <w:name w:val="__Fieldmark__4_1065564957"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3046982912"/>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3046982912"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1065564957"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1065564957"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3046982912"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1065564957"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__5_3046982912"/>
+            <w:name w:val="__Fieldmark__5_1065564957"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3046982912"/>
-      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3046982912"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1065564957"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1065564957"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3046982912"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1065564957"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> residente a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__6_3046982912"/>
+            <w:name w:val="__Fieldmark__6_1065564957"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3046982912"/>
-      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3046982912"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1065564957"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1065564957"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3046982912"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1065564957"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__7_3046982912"/>
+            <w:name w:val="__Fieldmark__7_1065564957"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3046982912"/>
-      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3046982912"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1065564957"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1065564957"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3046982912"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1065564957"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__8_3046982912"/>
+            <w:name w:val="__Fieldmark__8_1065564957"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3046982912"/>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3046982912"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1065564957"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_1065564957"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3046982912"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1065564957"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> abitante in </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__9_3046982912"/>
+            <w:name w:val="__Fieldmark__9_1065564957"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_3046982912"/>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_3046982912"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_1065564957"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_1065564957"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_3046982912"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_1065564957"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__10_3046982912"/>
+            <w:name w:val="__Fieldmark__10_1065564957"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_3046982912"/>
-      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_3046982912"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_1065564957"/>
+      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_1065564957"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.............................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_3046982912"/>
+      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_1065564957"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__11_3046982912"/>
+            <w:name w:val="__Fieldmark__11_1065564957"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_3046982912"/>
-      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_3046982912"/>
+      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_1065564957"/>
+      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_1065564957"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_3046982912"/>
+      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_1065564957"/>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> è già stata rilasciata la CARTA D’IDENTITÀ N. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__12_3046982912"/>
+            <w:name w:val="__Fieldmark__12_1065564957"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_3046982912"/>
-      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_3046982912"/>
+      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_1065564957"/>
+      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_1065564957"/>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_3046982912"/>
+      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_1065564957"/>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> in data </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__13_3046982912"/>
+            <w:name w:val="__Fieldmark__13_1065564957"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_3046982912"/>
-      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_3046982912"/>
+      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_1065564957"/>
+      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_1065564957"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_3046982912"/>
+      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_1065564957"/>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:id="42" w:name="Controllo12"/>
       <w:bookmarkStart w:id="43" w:name="Controllo12"/>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -857,260 +857,260 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:left="567" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_3046982912"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="46" w:name="__Fieldmark__14_3046982912"/>
+      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_1065564957"/>
+      <w:bookmarkStart w:id="45" w:name="__Fieldmark__14_1065564957"/>
+      <w:bookmarkStart w:id="46" w:name="__Fieldmark__14_1065564957"/>
       <w:bookmarkEnd w:id="46"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>PROROGA DELLA DURATA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:left="567" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_3046982912"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="49" w:name="__Fieldmark__15_3046982912"/>
+      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_1065564957"/>
+      <w:bookmarkStart w:id="48" w:name="__Fieldmark__15_1065564957"/>
+      <w:bookmarkStart w:id="49" w:name="__Fieldmark__15_1065564957"/>
       <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>APPOSIZIONE DELLA PATERNITÀ E MATERNITÀ (SOLO PER MINORI ANNI 14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:id="50" w:name="Controllo12"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Addì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__16_3046982912"/>
+            <w:name w:val="__Fieldmark__16_1065564957"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="__Fieldmark__16_3046982912"/>
-      <w:bookmarkStart w:id="52" w:name="__Fieldmark__16_3046982912"/>
+      <w:bookmarkStart w:id="51" w:name="__Fieldmark__16_1065564957"/>
+      <w:bookmarkStart w:id="52" w:name="__Fieldmark__16_1065564957"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="53" w:name="__Fieldmark__16_3046982912"/>
+      <w:bookmarkStart w:id="53" w:name="__Fieldmark__16_1065564957"/>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="312"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ll/i richiedente/i</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__17_3046982912"/>
+            <w:name w:val="__Fieldmark__17_1065564957"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="54" w:name="__Fieldmark__17_3046982912"/>
-      <w:bookmarkStart w:id="55" w:name="__Fieldmark__17_3046982912"/>
+      <w:bookmarkStart w:id="54" w:name="__Fieldmark__17_1065564957"/>
+      <w:bookmarkStart w:id="55" w:name="__Fieldmark__17_1065564957"/>
       <w:bookmarkEnd w:id="55"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="56" w:name="__Fieldmark__17_3046982912"/>
+      <w:bookmarkStart w:id="56" w:name="__Fieldmark__17_1065564957"/>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__18_3046982912"/>
+            <w:name w:val="__Fieldmark__18_1065564957"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="57" w:name="__Fieldmark__18_3046982912"/>
-      <w:bookmarkStart w:id="58" w:name="__Fieldmark__18_3046982912"/>
+      <w:bookmarkStart w:id="57" w:name="__Fieldmark__18_1065564957"/>
+      <w:bookmarkStart w:id="58" w:name="__Fieldmark__18_1065564957"/>
       <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="59" w:name="__Fieldmark__18_3046982912"/>
+      <w:bookmarkStart w:id="59" w:name="__Fieldmark__18_1065564957"/>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
@@ -1159,72 +1159,72 @@
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>L'impiegato addetto</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__19_3046982912"/>
+            <w:name w:val="__Fieldmark__19_1065564957"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="60" w:name="__Fieldmark__19_3046982912"/>
-      <w:bookmarkStart w:id="61" w:name="__Fieldmark__19_3046982912"/>
+      <w:bookmarkStart w:id="60" w:name="__Fieldmark__19_1065564957"/>
+      <w:bookmarkStart w:id="61" w:name="__Fieldmark__19_1065564957"/>
       <w:bookmarkEnd w:id="61"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="62" w:name="__Fieldmark__19_3046982912"/>
+      <w:bookmarkStart w:id="62" w:name="__Fieldmark__19_1065564957"/>
       <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
@@ -1388,120 +1388,120 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9600" w:leader="none"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ritirata in data con le modifiche richieste </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__20_3046982912"/>
+            <w:name w:val="__Fieldmark__20_1065564957"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="63" w:name="__Fieldmark__20_3046982912"/>
-      <w:bookmarkStart w:id="64" w:name="__Fieldmark__20_3046982912"/>
+      <w:bookmarkStart w:id="63" w:name="__Fieldmark__20_1065564957"/>
+      <w:bookmarkStart w:id="64" w:name="__Fieldmark__20_1065564957"/>
       <w:bookmarkEnd w:id="64"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="65" w:name="__Fieldmark__20_3046982912"/>
+      <w:bookmarkStart w:id="65" w:name="__Fieldmark__20_1065564957"/>
       <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>firma</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__21_3046982912"/>
+            <w:name w:val="__Fieldmark__21_1065564957"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="66" w:name="__Fieldmark__21_3046982912"/>
-      <w:bookmarkStart w:id="67" w:name="__Fieldmark__21_3046982912"/>
+      <w:bookmarkStart w:id="66" w:name="__Fieldmark__21_1065564957"/>
+      <w:bookmarkStart w:id="67" w:name="__Fieldmark__21_1065564957"/>
       <w:bookmarkEnd w:id="67"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...............................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="68" w:name="__Fieldmark__21_3046982912"/>
+      <w:bookmarkStart w:id="68" w:name="__Fieldmark__21_1065564957"/>
       <w:bookmarkEnd w:id="68"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId2"/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:left="1134" w:right="1134" w:header="0" w:top="1134" w:footer="425" w:bottom="1134" w:gutter="0"/>
       <w:pgNumType w:fmt="decimal"/>
       <w:formProt w:val="false"/>
       <w:textDirection w:val="lrTb"/>
       <w:docGrid w:type="default" w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>