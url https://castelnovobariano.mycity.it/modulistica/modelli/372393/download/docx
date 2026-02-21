--- v5 (2026-02-01)
+++ v6 (2026-02-21)
@@ -63,73 +63,73 @@
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_1065564957"/>
+            <w:name w:val="__Fieldmark__0_2159813725"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1065564957"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1065564957"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2159813725"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2159813725"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1065564957"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2159813725"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:rPr/>
       </w:pPr>
@@ -194,53 +194,53 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1065564957"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1065564957"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2159813725"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2159813725"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2159813725"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
         </w:rPr>
         <w:t>proroga della durata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
@@ -263,53 +263,53 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1065564957"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1065564957"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2159813725"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2159813725"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2159813725"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
         </w:rPr>
         <w:t>apposizione della paternità e maternità (solo per minori anni 14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -348,452 +348,452 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Al nome di </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__3_1065564957"/>
+            <w:name w:val="__Fieldmark__3_2159813725"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1065564957"/>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1065564957"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2159813725"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2159813725"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1065564957"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2159813725"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> nato/a a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__4_1065564957"/>
+            <w:name w:val="__Fieldmark__4_2159813725"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1065564957"/>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1065564957"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2159813725"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2159813725"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1065564957"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2159813725"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__5_1065564957"/>
+            <w:name w:val="__Fieldmark__5_2159813725"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1065564957"/>
-      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1065564957"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2159813725"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2159813725"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1065564957"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2159813725"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> residente a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__6_1065564957"/>
+            <w:name w:val="__Fieldmark__6_2159813725"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1065564957"/>
-      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1065564957"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2159813725"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2159813725"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1065564957"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2159813725"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__7_1065564957"/>
+            <w:name w:val="__Fieldmark__7_2159813725"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1065564957"/>
-      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1065564957"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2159813725"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2159813725"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1065564957"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2159813725"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__8_1065564957"/>
+            <w:name w:val="__Fieldmark__8_2159813725"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1065564957"/>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_1065564957"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2159813725"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2159813725"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1065564957"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2159813725"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> abitante in </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__9_1065564957"/>
+            <w:name w:val="__Fieldmark__9_2159813725"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_1065564957"/>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_1065564957"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_2159813725"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_2159813725"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_1065564957"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_2159813725"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__10_1065564957"/>
+            <w:name w:val="__Fieldmark__10_2159813725"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_1065564957"/>
-      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_1065564957"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_2159813725"/>
+      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_2159813725"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.............................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_1065564957"/>
+      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_2159813725"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__11_1065564957"/>
+            <w:name w:val="__Fieldmark__11_2159813725"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_1065564957"/>
-      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_1065564957"/>
+      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_2159813725"/>
+      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_2159813725"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_1065564957"/>
+      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_2159813725"/>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> è già stata rilasciata la CARTA D’IDENTITÀ N. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__12_1065564957"/>
+            <w:name w:val="__Fieldmark__12_2159813725"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_1065564957"/>
-      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_1065564957"/>
+      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_2159813725"/>
+      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_2159813725"/>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_1065564957"/>
+      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_2159813725"/>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> in data </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__13_1065564957"/>
+            <w:name w:val="__Fieldmark__13_2159813725"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_1065564957"/>
-      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_1065564957"/>
+      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_2159813725"/>
+      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_2159813725"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_1065564957"/>
+      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_2159813725"/>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:id="42" w:name="Controllo12"/>
       <w:bookmarkStart w:id="43" w:name="Controllo12"/>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -857,260 +857,260 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:left="567" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_1065564957"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="46" w:name="__Fieldmark__14_1065564957"/>
+      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_2159813725"/>
+      <w:bookmarkStart w:id="45" w:name="__Fieldmark__14_2159813725"/>
+      <w:bookmarkStart w:id="46" w:name="__Fieldmark__14_2159813725"/>
       <w:bookmarkEnd w:id="46"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>PROROGA DELLA DURATA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:left="567" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_1065564957"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="49" w:name="__Fieldmark__15_1065564957"/>
+      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_2159813725"/>
+      <w:bookmarkStart w:id="48" w:name="__Fieldmark__15_2159813725"/>
+      <w:bookmarkStart w:id="49" w:name="__Fieldmark__15_2159813725"/>
       <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>APPOSIZIONE DELLA PATERNITÀ E MATERNITÀ (SOLO PER MINORI ANNI 14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:id="50" w:name="Controllo12"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Addì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__16_1065564957"/>
+            <w:name w:val="__Fieldmark__16_2159813725"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="__Fieldmark__16_1065564957"/>
-      <w:bookmarkStart w:id="52" w:name="__Fieldmark__16_1065564957"/>
+      <w:bookmarkStart w:id="51" w:name="__Fieldmark__16_2159813725"/>
+      <w:bookmarkStart w:id="52" w:name="__Fieldmark__16_2159813725"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="53" w:name="__Fieldmark__16_1065564957"/>
+      <w:bookmarkStart w:id="53" w:name="__Fieldmark__16_2159813725"/>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="312"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ll/i richiedente/i</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__17_1065564957"/>
+            <w:name w:val="__Fieldmark__17_2159813725"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="54" w:name="__Fieldmark__17_1065564957"/>
-      <w:bookmarkStart w:id="55" w:name="__Fieldmark__17_1065564957"/>
+      <w:bookmarkStart w:id="54" w:name="__Fieldmark__17_2159813725"/>
+      <w:bookmarkStart w:id="55" w:name="__Fieldmark__17_2159813725"/>
       <w:bookmarkEnd w:id="55"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="56" w:name="__Fieldmark__17_1065564957"/>
+      <w:bookmarkStart w:id="56" w:name="__Fieldmark__17_2159813725"/>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__18_1065564957"/>
+            <w:name w:val="__Fieldmark__18_2159813725"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="57" w:name="__Fieldmark__18_1065564957"/>
-      <w:bookmarkStart w:id="58" w:name="__Fieldmark__18_1065564957"/>
+      <w:bookmarkStart w:id="57" w:name="__Fieldmark__18_2159813725"/>
+      <w:bookmarkStart w:id="58" w:name="__Fieldmark__18_2159813725"/>
       <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="59" w:name="__Fieldmark__18_1065564957"/>
+      <w:bookmarkStart w:id="59" w:name="__Fieldmark__18_2159813725"/>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
@@ -1159,72 +1159,72 @@
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>L'impiegato addetto</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__19_1065564957"/>
+            <w:name w:val="__Fieldmark__19_2159813725"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="60" w:name="__Fieldmark__19_1065564957"/>
-      <w:bookmarkStart w:id="61" w:name="__Fieldmark__19_1065564957"/>
+      <w:bookmarkStart w:id="60" w:name="__Fieldmark__19_2159813725"/>
+      <w:bookmarkStart w:id="61" w:name="__Fieldmark__19_2159813725"/>
       <w:bookmarkEnd w:id="61"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="62" w:name="__Fieldmark__19_1065564957"/>
+      <w:bookmarkStart w:id="62" w:name="__Fieldmark__19_2159813725"/>
       <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
@@ -1388,120 +1388,120 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9600" w:leader="none"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ritirata in data con le modifiche richieste </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__20_1065564957"/>
+            <w:name w:val="__Fieldmark__20_2159813725"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="63" w:name="__Fieldmark__20_1065564957"/>
-      <w:bookmarkStart w:id="64" w:name="__Fieldmark__20_1065564957"/>
+      <w:bookmarkStart w:id="63" w:name="__Fieldmark__20_2159813725"/>
+      <w:bookmarkStart w:id="64" w:name="__Fieldmark__20_2159813725"/>
       <w:bookmarkEnd w:id="64"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="65" w:name="__Fieldmark__20_1065564957"/>
+      <w:bookmarkStart w:id="65" w:name="__Fieldmark__20_2159813725"/>
       <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>firma</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__21_1065564957"/>
+            <w:name w:val="__Fieldmark__21_2159813725"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="66" w:name="__Fieldmark__21_1065564957"/>
-      <w:bookmarkStart w:id="67" w:name="__Fieldmark__21_1065564957"/>
+      <w:bookmarkStart w:id="66" w:name="__Fieldmark__21_2159813725"/>
+      <w:bookmarkStart w:id="67" w:name="__Fieldmark__21_2159813725"/>
       <w:bookmarkEnd w:id="67"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...............................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="68" w:name="__Fieldmark__21_1065564957"/>
+      <w:bookmarkStart w:id="68" w:name="__Fieldmark__21_2159813725"/>
       <w:bookmarkEnd w:id="68"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId2"/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:left="1134" w:right="1134" w:header="0" w:top="1134" w:footer="425" w:bottom="1134" w:gutter="0"/>
       <w:pgNumType w:fmt="decimal"/>
       <w:formProt w:val="false"/>
       <w:textDirection w:val="lrTb"/>
       <w:docGrid w:type="default" w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>