--- v6 (2026-02-21)
+++ v7 (2026-02-22)
@@ -63,73 +63,73 @@
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_2159813725"/>
+            <w:name w:val="__Fieldmark__0_1625059494"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2159813725"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2159813725"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1625059494"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1625059494"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2159813725"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1625059494"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:rPr/>
       </w:pPr>
@@ -194,53 +194,53 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2159813725"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2159813725"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1625059494"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1625059494"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1625059494"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
         </w:rPr>
         <w:t>proroga della durata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
@@ -263,53 +263,53 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2159813725"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2159813725"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1625059494"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1625059494"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1625059494"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
         </w:rPr>
         <w:t>apposizione della paternità e maternità (solo per minori anni 14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -348,452 +348,452 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Al nome di </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__3_2159813725"/>
+            <w:name w:val="__Fieldmark__3_1625059494"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2159813725"/>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2159813725"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1625059494"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1625059494"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2159813725"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1625059494"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> nato/a a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__4_2159813725"/>
+            <w:name w:val="__Fieldmark__4_1625059494"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2159813725"/>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2159813725"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1625059494"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1625059494"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2159813725"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1625059494"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__5_2159813725"/>
+            <w:name w:val="__Fieldmark__5_1625059494"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2159813725"/>
-      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2159813725"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1625059494"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1625059494"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2159813725"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1625059494"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> residente a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__6_2159813725"/>
+            <w:name w:val="__Fieldmark__6_1625059494"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2159813725"/>
-      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2159813725"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1625059494"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1625059494"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2159813725"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1625059494"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__7_2159813725"/>
+            <w:name w:val="__Fieldmark__7_1625059494"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2159813725"/>
-      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2159813725"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1625059494"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1625059494"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2159813725"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1625059494"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__8_2159813725"/>
+            <w:name w:val="__Fieldmark__8_1625059494"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2159813725"/>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2159813725"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1625059494"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_1625059494"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2159813725"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1625059494"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> abitante in </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__9_2159813725"/>
+            <w:name w:val="__Fieldmark__9_1625059494"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_2159813725"/>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_2159813725"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_1625059494"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_1625059494"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_2159813725"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_1625059494"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__10_2159813725"/>
+            <w:name w:val="__Fieldmark__10_1625059494"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_2159813725"/>
-      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_2159813725"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_1625059494"/>
+      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_1625059494"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.............................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_2159813725"/>
+      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_1625059494"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__11_2159813725"/>
+            <w:name w:val="__Fieldmark__11_1625059494"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_2159813725"/>
-      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_2159813725"/>
+      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_1625059494"/>
+      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_1625059494"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_2159813725"/>
+      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_1625059494"/>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> è già stata rilasciata la CARTA D’IDENTITÀ N. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__12_2159813725"/>
+            <w:name w:val="__Fieldmark__12_1625059494"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_2159813725"/>
-      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_2159813725"/>
+      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_1625059494"/>
+      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_1625059494"/>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_2159813725"/>
+      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_1625059494"/>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> in data </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__13_2159813725"/>
+            <w:name w:val="__Fieldmark__13_1625059494"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_2159813725"/>
-      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_2159813725"/>
+      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_1625059494"/>
+      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_1625059494"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_2159813725"/>
+      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_1625059494"/>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:id="42" w:name="Controllo12"/>
       <w:bookmarkStart w:id="43" w:name="Controllo12"/>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -857,260 +857,260 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:left="567" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_2159813725"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="46" w:name="__Fieldmark__14_2159813725"/>
+      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_1625059494"/>
+      <w:bookmarkStart w:id="45" w:name="__Fieldmark__14_1625059494"/>
+      <w:bookmarkStart w:id="46" w:name="__Fieldmark__14_1625059494"/>
       <w:bookmarkEnd w:id="46"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>PROROGA DELLA DURATA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:left="567" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_2159813725"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="49" w:name="__Fieldmark__15_2159813725"/>
+      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_1625059494"/>
+      <w:bookmarkStart w:id="48" w:name="__Fieldmark__15_1625059494"/>
+      <w:bookmarkStart w:id="49" w:name="__Fieldmark__15_1625059494"/>
       <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>APPOSIZIONE DELLA PATERNITÀ E MATERNITÀ (SOLO PER MINORI ANNI 14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:id="50" w:name="Controllo12"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Addì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__16_2159813725"/>
+            <w:name w:val="__Fieldmark__16_1625059494"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="__Fieldmark__16_2159813725"/>
-      <w:bookmarkStart w:id="52" w:name="__Fieldmark__16_2159813725"/>
+      <w:bookmarkStart w:id="51" w:name="__Fieldmark__16_1625059494"/>
+      <w:bookmarkStart w:id="52" w:name="__Fieldmark__16_1625059494"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="53" w:name="__Fieldmark__16_2159813725"/>
+      <w:bookmarkStart w:id="53" w:name="__Fieldmark__16_1625059494"/>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="312"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ll/i richiedente/i</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__17_2159813725"/>
+            <w:name w:val="__Fieldmark__17_1625059494"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="54" w:name="__Fieldmark__17_2159813725"/>
-      <w:bookmarkStart w:id="55" w:name="__Fieldmark__17_2159813725"/>
+      <w:bookmarkStart w:id="54" w:name="__Fieldmark__17_1625059494"/>
+      <w:bookmarkStart w:id="55" w:name="__Fieldmark__17_1625059494"/>
       <w:bookmarkEnd w:id="55"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="56" w:name="__Fieldmark__17_2159813725"/>
+      <w:bookmarkStart w:id="56" w:name="__Fieldmark__17_1625059494"/>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__18_2159813725"/>
+            <w:name w:val="__Fieldmark__18_1625059494"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="57" w:name="__Fieldmark__18_2159813725"/>
-      <w:bookmarkStart w:id="58" w:name="__Fieldmark__18_2159813725"/>
+      <w:bookmarkStart w:id="57" w:name="__Fieldmark__18_1625059494"/>
+      <w:bookmarkStart w:id="58" w:name="__Fieldmark__18_1625059494"/>
       <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="59" w:name="__Fieldmark__18_2159813725"/>
+      <w:bookmarkStart w:id="59" w:name="__Fieldmark__18_1625059494"/>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
@@ -1159,72 +1159,72 @@
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>L'impiegato addetto</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__19_2159813725"/>
+            <w:name w:val="__Fieldmark__19_1625059494"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="60" w:name="__Fieldmark__19_2159813725"/>
-      <w:bookmarkStart w:id="61" w:name="__Fieldmark__19_2159813725"/>
+      <w:bookmarkStart w:id="60" w:name="__Fieldmark__19_1625059494"/>
+      <w:bookmarkStart w:id="61" w:name="__Fieldmark__19_1625059494"/>
       <w:bookmarkEnd w:id="61"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="62" w:name="__Fieldmark__19_2159813725"/>
+      <w:bookmarkStart w:id="62" w:name="__Fieldmark__19_1625059494"/>
       <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
@@ -1388,120 +1388,120 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9600" w:leader="none"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ritirata in data con le modifiche richieste </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__20_2159813725"/>
+            <w:name w:val="__Fieldmark__20_1625059494"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="63" w:name="__Fieldmark__20_2159813725"/>
-      <w:bookmarkStart w:id="64" w:name="__Fieldmark__20_2159813725"/>
+      <w:bookmarkStart w:id="63" w:name="__Fieldmark__20_1625059494"/>
+      <w:bookmarkStart w:id="64" w:name="__Fieldmark__20_1625059494"/>
       <w:bookmarkEnd w:id="64"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="65" w:name="__Fieldmark__20_2159813725"/>
+      <w:bookmarkStart w:id="65" w:name="__Fieldmark__20_1625059494"/>
       <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>firma</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__21_2159813725"/>
+            <w:name w:val="__Fieldmark__21_1625059494"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="66" w:name="__Fieldmark__21_2159813725"/>
-      <w:bookmarkStart w:id="67" w:name="__Fieldmark__21_2159813725"/>
+      <w:bookmarkStart w:id="66" w:name="__Fieldmark__21_1625059494"/>
+      <w:bookmarkStart w:id="67" w:name="__Fieldmark__21_1625059494"/>
       <w:bookmarkEnd w:id="67"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...............................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="68" w:name="__Fieldmark__21_2159813725"/>
+      <w:bookmarkStart w:id="68" w:name="__Fieldmark__21_1625059494"/>
       <w:bookmarkEnd w:id="68"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId2"/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:left="1134" w:right="1134" w:header="0" w:top="1134" w:footer="425" w:bottom="1134" w:gutter="0"/>
       <w:pgNumType w:fmt="decimal"/>
       <w:formProt w:val="false"/>
       <w:textDirection w:val="lrTb"/>
       <w:docGrid w:type="default" w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>