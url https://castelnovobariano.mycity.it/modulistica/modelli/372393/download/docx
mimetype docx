--- v7 (2026-02-22)
+++ v8 (2026-03-14)
@@ -63,73 +63,73 @@
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_1625059494"/>
+            <w:name w:val="__Fieldmark__0_3923322486"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1625059494"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1625059494"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3923322486"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3923322486"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1625059494"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3923322486"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:rPr/>
       </w:pPr>
@@ -194,53 +194,53 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1625059494"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1625059494"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3923322486"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3923322486"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3923322486"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
         </w:rPr>
         <w:t>proroga della durata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
@@ -263,53 +263,53 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1625059494"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1625059494"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3923322486"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3923322486"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3923322486"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Helvetica" w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:b/>
         </w:rPr>
         <w:t>apposizione della paternità e maternità (solo per minori anni 14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -348,452 +348,452 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Al nome di </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__3_1625059494"/>
+            <w:name w:val="__Fieldmark__3_3923322486"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1625059494"/>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1625059494"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3923322486"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3923322486"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1625059494"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3923322486"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> nato/a a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__4_1625059494"/>
+            <w:name w:val="__Fieldmark__4_3923322486"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1625059494"/>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1625059494"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3923322486"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3923322486"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1625059494"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3923322486"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__5_1625059494"/>
+            <w:name w:val="__Fieldmark__5_3923322486"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1625059494"/>
-      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1625059494"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3923322486"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3923322486"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1625059494"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3923322486"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> residente a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__6_1625059494"/>
+            <w:name w:val="__Fieldmark__6_3923322486"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1625059494"/>
-      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1625059494"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3923322486"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3923322486"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1625059494"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3923322486"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__7_1625059494"/>
+            <w:name w:val="__Fieldmark__7_3923322486"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1625059494"/>
-      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1625059494"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3923322486"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3923322486"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1625059494"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3923322486"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__8_1625059494"/>
+            <w:name w:val="__Fieldmark__8_3923322486"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1625059494"/>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_1625059494"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3923322486"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3923322486"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1625059494"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3923322486"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> abitante in </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__9_1625059494"/>
+            <w:name w:val="__Fieldmark__9_3923322486"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_1625059494"/>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_1625059494"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_3923322486"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_3923322486"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_1625059494"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_3923322486"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__10_1625059494"/>
+            <w:name w:val="__Fieldmark__10_3923322486"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_1625059494"/>
-      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_1625059494"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_3923322486"/>
+      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_3923322486"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.............................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_1625059494"/>
+      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_3923322486"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__11_1625059494"/>
+            <w:name w:val="__Fieldmark__11_3923322486"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_1625059494"/>
-      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_1625059494"/>
+      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_3923322486"/>
+      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_3923322486"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_1625059494"/>
+      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_3923322486"/>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> è già stata rilasciata la CARTA D’IDENTITÀ N. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__12_1625059494"/>
+            <w:name w:val="__Fieldmark__12_3923322486"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_1625059494"/>
-      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_1625059494"/>
+      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_3923322486"/>
+      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_3923322486"/>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_1625059494"/>
+      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_3923322486"/>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> in data </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__13_1625059494"/>
+            <w:name w:val="__Fieldmark__13_3923322486"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_1625059494"/>
-      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_1625059494"/>
+      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_3923322486"/>
+      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_3923322486"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_1625059494"/>
+      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_3923322486"/>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:id="42" w:name="Controllo12"/>
       <w:bookmarkStart w:id="43" w:name="Controllo12"/>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -857,260 +857,260 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:left="567" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_1625059494"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="46" w:name="__Fieldmark__14_1625059494"/>
+      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_3923322486"/>
+      <w:bookmarkStart w:id="45" w:name="__Fieldmark__14_3923322486"/>
+      <w:bookmarkStart w:id="46" w:name="__Fieldmark__14_3923322486"/>
       <w:bookmarkEnd w:id="46"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>PROROGA DELLA DURATA</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:ind w:left="567" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_1625059494"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="49" w:name="__Fieldmark__15_1625059494"/>
+      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_3923322486"/>
+      <w:bookmarkStart w:id="48" w:name="__Fieldmark__15_3923322486"/>
+      <w:bookmarkStart w:id="49" w:name="__Fieldmark__15_3923322486"/>
       <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>APPOSIZIONE DELLA PATERNITÀ E MATERNITÀ (SOLO PER MINORI ANNI 14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="432"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:id="50" w:name="Controllo12"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Addì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__16_1625059494"/>
+            <w:name w:val="__Fieldmark__16_3923322486"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="__Fieldmark__16_1625059494"/>
-      <w:bookmarkStart w:id="52" w:name="__Fieldmark__16_1625059494"/>
+      <w:bookmarkStart w:id="51" w:name="__Fieldmark__16_3923322486"/>
+      <w:bookmarkStart w:id="52" w:name="__Fieldmark__16_3923322486"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="53" w:name="__Fieldmark__16_1625059494"/>
+      <w:bookmarkStart w:id="53" w:name="__Fieldmark__16_3923322486"/>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="312"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ll/i richiedente/i</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__17_1625059494"/>
+            <w:name w:val="__Fieldmark__17_3923322486"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="54" w:name="__Fieldmark__17_1625059494"/>
-      <w:bookmarkStart w:id="55" w:name="__Fieldmark__17_1625059494"/>
+      <w:bookmarkStart w:id="54" w:name="__Fieldmark__17_3923322486"/>
+      <w:bookmarkStart w:id="55" w:name="__Fieldmark__17_3923322486"/>
       <w:bookmarkEnd w:id="55"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="56" w:name="__Fieldmark__17_1625059494"/>
+      <w:bookmarkStart w:id="56" w:name="__Fieldmark__17_3923322486"/>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__18_1625059494"/>
+            <w:name w:val="__Fieldmark__18_3923322486"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="57" w:name="__Fieldmark__18_1625059494"/>
-      <w:bookmarkStart w:id="58" w:name="__Fieldmark__18_1625059494"/>
+      <w:bookmarkStart w:id="57" w:name="__Fieldmark__18_3923322486"/>
+      <w:bookmarkStart w:id="58" w:name="__Fieldmark__18_3923322486"/>
       <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="59" w:name="__Fieldmark__18_1625059494"/>
+      <w:bookmarkStart w:id="59" w:name="__Fieldmark__18_3923322486"/>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
@@ -1159,72 +1159,72 @@
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>L'impiegato addetto</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__19_1625059494"/>
+            <w:name w:val="__Fieldmark__19_3923322486"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="60" w:name="__Fieldmark__19_1625059494"/>
-      <w:bookmarkStart w:id="61" w:name="__Fieldmark__19_1625059494"/>
+      <w:bookmarkStart w:id="60" w:name="__Fieldmark__19_3923322486"/>
+      <w:bookmarkStart w:id="61" w:name="__Fieldmark__19_3923322486"/>
       <w:bookmarkEnd w:id="61"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="62" w:name="__Fieldmark__19_1625059494"/>
+      <w:bookmarkStart w:id="62" w:name="__Fieldmark__19_3923322486"/>
       <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
@@ -1388,120 +1388,120 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9600" w:leader="none"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ritirata in data con le modifiche richieste </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__20_1625059494"/>
+            <w:name w:val="__Fieldmark__20_3923322486"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="63" w:name="__Fieldmark__20_1625059494"/>
-      <w:bookmarkStart w:id="64" w:name="__Fieldmark__20_1625059494"/>
+      <w:bookmarkStart w:id="63" w:name="__Fieldmark__20_3923322486"/>
+      <w:bookmarkStart w:id="64" w:name="__Fieldmark__20_3923322486"/>
       <w:bookmarkEnd w:id="64"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="65" w:name="__Fieldmark__20_1625059494"/>
+      <w:bookmarkStart w:id="65" w:name="__Fieldmark__20_3923322486"/>
       <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>firma</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__21_1625059494"/>
+            <w:name w:val="__Fieldmark__21_3923322486"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="66" w:name="__Fieldmark__21_1625059494"/>
-      <w:bookmarkStart w:id="67" w:name="__Fieldmark__21_1625059494"/>
+      <w:bookmarkStart w:id="66" w:name="__Fieldmark__21_3923322486"/>
+      <w:bookmarkStart w:id="67" w:name="__Fieldmark__21_3923322486"/>
       <w:bookmarkEnd w:id="67"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...............................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="68" w:name="__Fieldmark__21_1625059494"/>
+      <w:bookmarkStart w:id="68" w:name="__Fieldmark__21_3923322486"/>
       <w:bookmarkEnd w:id="68"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId2"/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:left="1134" w:right="1134" w:header="0" w:top="1134" w:footer="425" w:bottom="1134" w:gutter="0"/>
       <w:pgNumType w:fmt="decimal"/>
       <w:formProt w:val="false"/>
       <w:textDirection w:val="lrTb"/>
       <w:docGrid w:type="default" w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>